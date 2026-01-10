--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -5373,50 +5373,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4725" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3677"/>
       <w:gridCol w:w="2241"/>
       <w:gridCol w:w="3190"/>
     </w:tblGrid>
     <w:tr w:rsidR="00124809" w:rsidRPr="00CD54E4" w14:paraId="6B6A02C5" w14:textId="77777777" w:rsidTr="00092EA6">
       <w:trPr>
         <w:trHeight w:val="106"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3686" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="12DD0BC9" w14:textId="00FD17EA" w:rsidR="00124809" w:rsidRPr="002D0815" w:rsidRDefault="00124809" w:rsidP="00124809">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="20"/>
@@ -5605,50 +5619,64 @@
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00CD54E4">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5FCE542A" w14:textId="77777777" w:rsidR="002F0D32" w:rsidRDefault="002F0D32" w:rsidP="00124809">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4725" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3681"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="3187"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A417E3" w:rsidRPr="00CD54E4" w14:paraId="05B7769A" w14:textId="77777777" w:rsidTr="00D8457D">
       <w:trPr>
         <w:trHeight w:val="846"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3690" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="0F445C24" w14:textId="63CD6730" w:rsidR="00A417E3" w:rsidRPr="00EC338F" w:rsidRDefault="00A417E3" w:rsidP="00A417E3">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
@@ -5854,59 +5882,50 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="343B1105" w14:textId="77777777" w:rsidR="00EA2FE2" w:rsidRDefault="00EA2FE2" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="411E882D" w14:textId="77777777" w:rsidR="00EA2FE2" w:rsidRDefault="00EA2FE2" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-71" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="742"/>
       <w:gridCol w:w="8896"/>
     </w:tblGrid>
     <w:tr w:rsidR="00124809" w:rsidRPr="00D337DC" w14:paraId="358D0E90" w14:textId="77777777" w:rsidTr="00460ECA">
       <w:trPr>
         <w:trHeight w:val="752"/>
         <w:tblHeader/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="380" w:type="pct"/>
@@ -6030,59 +6049,50 @@
           <w:r w:rsidR="00933BE8">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>0070</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7F748379" w14:textId="77777777" w:rsidR="00C24C3D" w:rsidRPr="00460ECA" w:rsidRDefault="00C24C3D" w:rsidP="00C24C3D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9986" w:type="dxa"/>
       <w:tblInd w:w="-158" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="896"/>
       <w:gridCol w:w="9090"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F40980" w:rsidRPr="00804957" w14:paraId="7965E260" w14:textId="77777777" w:rsidTr="002020E1">
       <w:trPr>
         <w:trHeight w:val="277"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="896" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
@@ -9755,58 +9765,66 @@
     </w:div>
     <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3DE2C7D1B61547E79F4103451CC6D4F5"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1BE7602-3B09-4B55-9843-62EC66DD4C0B}"/>
       </w:docPartPr>
       <w:docPartBody>